--- v0 (2025-10-17)
+++ v1 (2025-12-01)
@@ -1,63 +1,65 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Benutzer 1\Dropbox\1 - Schießsport\2 Luftgewehr\Saison 2025-2026\Ausschreibungen\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Benutzer 1\Dropbox\1 - Schießsport\2 Luftgewehr\Saison 2025-2026\Ausschreibungen LG\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{42EC22B3-EAC9-45D7-B7D5-A642A37534CE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{97DDD47C-3AC8-4ADD-AC29-09D8D1F24381}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="1440" yWindow="90" windowWidth="21615" windowHeight="15585" xr2:uid="{1CA37C0A-8214-44FE-B674-9BD4C565F8AB}"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="28650" windowHeight="15105" xr2:uid="{1CA37C0A-8214-44FE-B674-9BD4C565F8AB}"/>
   </bookViews>
   <sheets>
     <sheet name="Tabelle1" sheetId="1" r:id="rId1"/>
+    <sheet name="Tabelle2" sheetId="2" r:id="rId2"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="E30" i="1" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
@@ -123,51 +125,51 @@
         <sz val="12"/>
         <color rgb="FFFF0000"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
       </rPr>
       <t>nach Nenngeldvorschreibung</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
       </rPr>
       <t xml:space="preserve"> auf das Konto:</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="&quot;€&quot;\ #,##0.00"/>
   </numFmts>
-  <fonts count="11" x14ac:knownFonts="1">
+  <fonts count="12" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
@@ -196,50 +198,58 @@
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
+    <font>
+      <u/>
+      <sz val="11"/>
+      <color theme="10"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="4">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
@@ -253,115 +263,118 @@
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="1">
+  <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="26">
+  <cellXfs count="27">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="164" fontId="8" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="2" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="2" xfId="1" applyBorder="1"/>
   </cellXfs>
-  <cellStyles count="1">
+  <cellStyles count="2">
+    <cellStyle name="Link" xfId="1" builtinId="8"/>
     <cellStyle name="Standard" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>417635</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>146539</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2520461" cy="280205"/>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="8" name="Textfeld 7">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{972548C7-64D9-4C8F-A601-E7314D42B25B}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
@@ -751,356 +764,369 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5D4579A4-686B-48EA-AE09-7A7C65D49C44}">
   <dimension ref="A9:E49"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" view="pageLayout" zoomScale="130" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" zoomScalePageLayoutView="130" workbookViewId="0">
-      <selection activeCell="D18" sqref="D18"/>
+      <selection activeCell="D19" sqref="D19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="22.85546875" customWidth="1"/>
     <col min="4" max="4" width="22.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="9" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A9" s="1"/>
     </row>
     <row r="10" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A10" s="6" t="s">
+      <c r="A10" s="4" t="s">
         <v>4</v>
       </c>
-      <c r="B10" s="24"/>
-[...1 lines deleted...]
-      <c r="D10" s="24"/>
+      <c r="B10" s="22"/>
+      <c r="C10" s="22"/>
+      <c r="D10" s="22"/>
       <c r="E10" s="1"/>
     </row>
     <row r="11" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A11" s="6" t="s">
+      <c r="A11" s="4" t="s">
         <v>3</v>
       </c>
-      <c r="B11" s="24"/>
-[...2 lines deleted...]
-      <c r="E11" s="24"/>
+      <c r="B11" s="22"/>
+      <c r="C11" s="22"/>
+      <c r="D11" s="22"/>
+      <c r="E11" s="22"/>
     </row>
     <row r="12" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
     </row>
     <row r="13" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A13" s="25" t="s">
+      <c r="A13" s="23" t="s">
         <v>5</v>
       </c>
-      <c r="B13" s="25"/>
-[...2 lines deleted...]
-      <c r="E13" s="25"/>
+      <c r="B13" s="23"/>
+      <c r="C13" s="23"/>
+      <c r="D13" s="23"/>
+      <c r="E13" s="23"/>
     </row>
     <row r="14" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A14" s="7" t="s">
+      <c r="A14" s="5" t="s">
         <v>0</v>
       </c>
-      <c r="B14" s="8" t="s">
+      <c r="B14" s="6" t="s">
         <v>1</v>
       </c>
-      <c r="C14" s="8" t="s">
+      <c r="C14" s="6" t="s">
         <v>2</v>
       </c>
-      <c r="D14" s="8" t="s">
+      <c r="D14" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="E14" s="8" t="s">
+      <c r="E14" s="6" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="15" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A15" s="4"/>
-[...3 lines deleted...]
-      <c r="E15" s="5">
+      <c r="A15" s="2"/>
+      <c r="B15" s="3"/>
+      <c r="C15" s="3"/>
+      <c r="D15" s="3"/>
+      <c r="E15" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="16" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A16" s="4"/>
-[...3 lines deleted...]
-      <c r="E16" s="5"/>
+      <c r="A16" s="2"/>
+      <c r="B16" s="3"/>
+      <c r="C16" s="3"/>
+      <c r="D16" s="3"/>
+      <c r="E16" s="3"/>
     </row>
     <row r="17" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A17" s="4"/>
-[...3 lines deleted...]
-      <c r="E17" s="5"/>
+      <c r="A17" s="2"/>
+      <c r="B17" s="3"/>
+      <c r="C17" s="3"/>
+      <c r="D17" s="3"/>
+      <c r="E17" s="3"/>
     </row>
     <row r="18" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A18" s="4"/>
-[...3 lines deleted...]
-      <c r="E18" s="5"/>
+      <c r="A18" s="2"/>
+      <c r="B18" s="3"/>
+      <c r="C18" s="3"/>
+      <c r="D18" s="3"/>
+      <c r="E18" s="3"/>
     </row>
     <row r="19" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A19" s="4"/>
-[...3 lines deleted...]
-      <c r="E19" s="5"/>
+      <c r="A19" s="2"/>
+      <c r="B19" s="3"/>
+      <c r="C19" s="3"/>
+      <c r="D19" s="3"/>
+      <c r="E19" s="3"/>
     </row>
     <row r="20" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A20" s="4"/>
-[...3 lines deleted...]
-      <c r="E20" s="5"/>
+      <c r="A20" s="2"/>
+      <c r="B20" s="3"/>
+      <c r="C20" s="3"/>
+      <c r="D20" s="3"/>
+      <c r="E20" s="3"/>
     </row>
     <row r="21" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A21" s="4"/>
-[...3 lines deleted...]
-      <c r="E21" s="5"/>
+      <c r="A21" s="2"/>
+      <c r="B21" s="3"/>
+      <c r="C21" s="3"/>
+      <c r="D21" s="3"/>
+      <c r="E21" s="3"/>
     </row>
     <row r="22" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A22" s="4"/>
-[...3 lines deleted...]
-      <c r="E22" s="5"/>
+      <c r="A22" s="2"/>
+      <c r="B22" s="3"/>
+      <c r="C22" s="3"/>
+      <c r="D22" s="3"/>
+      <c r="E22" s="3"/>
     </row>
     <row r="23" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A23" s="4"/>
-[...3 lines deleted...]
-      <c r="E23" s="5"/>
+      <c r="A23" s="2"/>
+      <c r="B23" s="3"/>
+      <c r="C23" s="3"/>
+      <c r="D23" s="3"/>
+      <c r="E23" s="3"/>
     </row>
     <row r="24" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A24" s="4"/>
-[...3 lines deleted...]
-      <c r="E24" s="5"/>
+      <c r="A24" s="2"/>
+      <c r="B24" s="3"/>
+      <c r="C24" s="3"/>
+      <c r="D24" s="3"/>
+      <c r="E24" s="3"/>
     </row>
     <row r="25" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A25" s="4"/>
-[...3 lines deleted...]
-      <c r="E25" s="5"/>
+      <c r="A25" s="2"/>
+      <c r="B25" s="3"/>
+      <c r="C25" s="3"/>
+      <c r="D25" s="3"/>
+      <c r="E25" s="3"/>
     </row>
     <row r="26" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A26" s="4"/>
-[...3 lines deleted...]
-      <c r="E26" s="5"/>
+      <c r="A26" s="2"/>
+      <c r="B26" s="3"/>
+      <c r="C26" s="3"/>
+      <c r="D26" s="3"/>
+      <c r="E26" s="3"/>
     </row>
     <row r="27" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A27" s="4"/>
-[...3 lines deleted...]
-      <c r="E27" s="5"/>
+      <c r="A27" s="2"/>
+      <c r="B27" s="3"/>
+      <c r="C27" s="3"/>
+      <c r="D27" s="3"/>
+      <c r="E27" s="3"/>
     </row>
     <row r="28" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A28" s="4"/>
-[...3 lines deleted...]
-      <c r="E28" s="5"/>
+      <c r="A28" s="2"/>
+      <c r="B28" s="3"/>
+      <c r="C28" s="3"/>
+      <c r="D28" s="3"/>
+      <c r="E28" s="3"/>
     </row>
     <row r="29" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A29" s="4"/>
-[...3 lines deleted...]
-      <c r="E29" s="5"/>
+      <c r="A29" s="2"/>
+      <c r="B29" s="3"/>
+      <c r="C29" s="3"/>
+      <c r="D29" s="3"/>
+      <c r="E29" s="3"/>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A30" s="9"/>
-[...2 lines deleted...]
-      <c r="D30" s="10" t="s">
+      <c r="A30" s="7"/>
+      <c r="B30" s="7"/>
+      <c r="C30" s="7"/>
+      <c r="D30" s="8" t="s">
         <v>8</v>
       </c>
-      <c r="E30" s="11">
+      <c r="E30" s="9">
         <f>SUM(E15:E29)</f>
         <v>10</v>
       </c>
     </row>
     <row r="31" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A31" s="12"/>
-[...2 lines deleted...]
-      <c r="D31" s="14"/>
+      <c r="A31" s="10"/>
+      <c r="B31" s="11"/>
+      <c r="C31" s="10"/>
+      <c r="D31" s="12"/>
     </row>
     <row r="32" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A32" s="13"/>
-[...2 lines deleted...]
-      <c r="D32" s="12"/>
+      <c r="A32" s="11"/>
+      <c r="B32" s="10"/>
+      <c r="C32" s="10"/>
+      <c r="D32" s="10"/>
     </row>
     <row r="33" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A33" s="15" t="s">
+      <c r="A33" s="13" t="s">
         <v>17</v>
       </c>
-      <c r="B33" s="12"/>
-[...1 lines deleted...]
-      <c r="D33" s="12"/>
+      <c r="B33" s="10"/>
+      <c r="C33" s="10"/>
+      <c r="D33" s="10"/>
     </row>
     <row r="34" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A34" s="16" t="s">
+      <c r="A34" s="14" t="s">
         <v>10</v>
       </c>
-      <c r="B34" s="12"/>
-[...1 lines deleted...]
-      <c r="D34" s="12"/>
+      <c r="B34" s="10"/>
+      <c r="C34" s="10"/>
+      <c r="D34" s="10"/>
     </row>
     <row r="35" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A35" s="16" t="s">
+      <c r="A35" s="14" t="s">
         <v>14</v>
       </c>
-      <c r="B35" s="12"/>
-[...1 lines deleted...]
-      <c r="D35" s="12"/>
+      <c r="B35" s="10"/>
+      <c r="C35" s="10"/>
+      <c r="D35" s="10"/>
     </row>
     <row r="36" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A36" s="16" t="s">
+      <c r="A36" s="14" t="s">
         <v>16</v>
       </c>
-      <c r="B36" s="12"/>
-[...1 lines deleted...]
-      <c r="D36" s="12"/>
+      <c r="B36" s="10"/>
+      <c r="C36" s="10"/>
+      <c r="D36" s="10"/>
     </row>
     <row r="37" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A37" s="17" t="s">
+      <c r="A37" s="15" t="s">
         <v>15</v>
       </c>
-      <c r="B37" s="12"/>
-[...1 lines deleted...]
-      <c r="D37" s="12"/>
+      <c r="B37" s="10"/>
+      <c r="C37" s="10"/>
+      <c r="D37" s="10"/>
     </row>
     <row r="38" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A38" s="1"/>
     </row>
     <row r="39" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A39" s="18" t="s">
+      <c r="A39" s="16" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="40" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A40" s="1"/>
     </row>
     <row r="41" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A41" s="19" t="s">
+      <c r="A41" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="B41" s="20" t="s">
+      <c r="B41" s="18" t="s">
         <v>12</v>
       </c>
-      <c r="C41" s="22" t="s">
+      <c r="C41" s="20" t="s">
         <v>13</v>
       </c>
-      <c r="D41" s="22"/>
+      <c r="D41" s="20"/>
     </row>
     <row r="42" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A42" s="3"/>
-[...2 lines deleted...]
-      <c r="D42" s="23"/>
+      <c r="A42" s="24"/>
+      <c r="B42" s="25"/>
+      <c r="C42" s="26"/>
+      <c r="D42" s="21"/>
     </row>
     <row r="44" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A44" s="21"/>
+      <c r="A44" s="19"/>
     </row>
     <row r="49" customFormat="1" x14ac:dyDescent="0.25"/>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="VZeIccC7E6X0uRLI+z9DlndRaUyb9C10B3S5NNAkXId/iJkIq6b0BTNUIB+cHsjM0l6uNEC59WDVMWBqGJ+H2A==" saltValue="O09yIYc3iWelBnvzg3i6ZA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="slgOW+lBUYRGQE+8INZJqireS+yK1GYSuSXfREdlzqmG8M/aXVNixgoM2rz9qgOnkvvt6Ydl90zxEX5kNkr4iQ==" saltValue="5h8hCoPPGw3d7MrV15ZkwQ==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <protectedRanges>
     <protectedRange sqref="B10 A42:D42 A16:E29 D15:E15" name="Bereich2"/>
     <protectedRange sqref="A15:C15" name="Bereich2_1"/>
     <protectedRange sqref="B11" name="Bereich2_2"/>
   </protectedRanges>
   <mergeCells count="5">
     <mergeCell ref="C41:D41"/>
     <mergeCell ref="C42:D42"/>
     <mergeCell ref="B11:E11"/>
     <mergeCell ref="B10:D10"/>
     <mergeCell ref="A13:E13"/>
   </mergeCells>
   <phoneticPr fontId="10" type="noConversion"/>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.78740157480314965" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="4294967293" verticalDpi="4294967293" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8LG-Meldeformular_Schüler/innen- und Jugend-Cup 2024-2025&amp;R&amp;8Landessportleiter Manfred Kopitar</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{24CC68BF-F372-4EAD-A6A6-781685F0F8A2}">
+  <dimension ref="A1"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetData/>
+  <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arbeitsblätter</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1</vt:i4>
+        <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
+    <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Tabelle1</vt:lpstr>
+      <vt:lpstr>Tabelle2</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>KLSV</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Meldeformular_Schüler und Jugend-Cup_Luftgewehr_2025-2026</dc:title>
   <dc:creator>Landessportleier Manfred Kopitar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>